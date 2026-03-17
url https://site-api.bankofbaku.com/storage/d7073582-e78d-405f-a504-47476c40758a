--- v0 (2026-01-29)
+++ v1 (2026-03-17)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\enahuseynli\Documents\Sayt məlumat\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{80AC1D2D-FE71-4023-AAD1-00D2E832EA10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{BD5FA4E0-1CCF-47A2-8AE7-8E8EE2525DA3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{B0E88584-7EE6-4079-813B-937FE8B2E709}"/>
   </bookViews>
   <sheets>
     <sheet name="MenfeetZerer" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="__LF_ffffffc6_mrahbank_20_KB_LFdr1_iNdEx_1029">"$#REF!.$A$#REF!"</definedName>
     <definedName name="__LF_ffffffc6_mrahbank_20_KB_LFdr1_iNdEx_1541">"$#REF!.$A$#REF!"</definedName>
     <definedName name="__LF_ffffffdd__fffffffe__20_Bankas_fffffffd__20_Az_ffffffe6_rbaycan_20_MKB_LFdr1_iNdEx_1031">"$#REF!.$#REF!$#REF!"</definedName>
     <definedName name="__LF_ffffffdd__fffffffe__20_Bankas_fffffffd__20_Az_ffffffe6_rbaycan_20_MKB_LFdr1_iNdEx_1543">"$#REF!.$A$#REF!"</definedName>
     <definedName name="__LF_ffffffdd_lkbank_20_SKB_LFdr1_iNdEx_1030">"$#REF!.$#REF!$#REF!"</definedName>
     <definedName name="__LF_ffffffdd_lkbank_20_SKB_LFdr1_iNdEx_1542">"$#REF!.$A$#REF!"</definedName>
     <definedName name="__LF_ffffffde__ffffffe6_ki_LFdr1_iNdEx_646">'[1]ST-2SD.ST'!$A$81</definedName>
     <definedName name="__LF_ffffffde_u_fffffffe_a_LFdr1_iNdEx_645">'[1]ST-2SD.ST'!$A$80</definedName>
     <definedName name="__LF2004_2d_12_2d_31_20_00_3a_00_3a_00_LFc1_iNdEx_361">#N/A</definedName>
     <definedName name="__LFA_fffffff0_dam_LFdr1_iNdEx_584">'[1]ST-2SD.ST'!$A$19</definedName>
     <definedName name="__LFAnar_20_KB_LFdr1_iNdEx_1502">"$#REF!.$A$#REF!"</definedName>
     <definedName name="__LFAnar_20_KB_LFdr1_iNdEx_990">"$#REF!.$A$#REF!"</definedName>
     <definedName name="__LFAstara_LFdr1_iNdEx_582">'[1]ST-2SD.ST'!$A$17</definedName>
     <definedName name="__LFAtabank_20_KB_LFdr1_iNdEx_1503">"$#REF!.$A$#REF!"</definedName>
@@ -625,51 +625,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -696,50 +696,51 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/FUAD_A~1/AppData/Local/Temp/notesBA9FE3/Users/KAMIL_~1/AppData/Local/Temp/notes57FF2C/DOCUME~1/FAbbasov/LOCALS~1/Temp/notesFCBCEE/Documents%20and%20Settings/FAbbasov/Desktop/new%20bulletin/kredit.xls" TargetMode="External"/></Relationships>
 </file>
 
@@ -1217,54 +1218,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E5DE5393-63A1-4A11-8197-2998FC8EBE80}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
   </sheetPr>
-  <dimension ref="A1:E32"/>
+  <dimension ref="A1:F32"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="D5" sqref="D5"/>
+      <selection activeCell="E5" sqref="E5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6.44140625" customWidth="1"/>
     <col min="2" max="2" width="35.44140625" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="69.109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.6640625" customWidth="1"/>
     <col min="5" max="5" width="15.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="22"/>
       <c r="C1" s="22"/>
       <c r="D1" s="22"/>
       <c r="E1" s="22"/>
     </row>
     <row r="2" spans="1:5" ht="15" x14ac:dyDescent="0.3">
       <c r="A2" s="1"/>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="23" t="s">
@@ -1288,511 +1289,512 @@
     <row r="4" spans="1:5" ht="15" hidden="1" x14ac:dyDescent="0.3">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="15" x14ac:dyDescent="0.3">
       <c r="A5" s="6">
         <v>1</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="19">
         <v>177271.50257000039</v>
       </c>
       <c r="E5" s="19">
-        <v>128291.01684999981</v>
+        <v>152659.19277000008</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="15" x14ac:dyDescent="0.3">
       <c r="A6" s="3">
         <v>1.1000000000000001</v>
       </c>
       <c r="B6" s="9" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="19">
         <v>166985.96950000036</v>
       </c>
       <c r="E6" s="19">
-        <v>121825.27286999981</v>
+        <v>144316.96039000008</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="15" x14ac:dyDescent="0.3">
       <c r="A7" s="3">
         <v>1.2</v>
       </c>
       <c r="B7" s="10" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="11" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="19">
         <v>86.085280000000012</v>
       </c>
       <c r="E7" s="19">
-        <v>31.46668</v>
+        <v>14.554170000000001</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15" x14ac:dyDescent="0.3">
       <c r="A8" s="3">
         <v>1.3</v>
       </c>
       <c r="B8" s="10" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="11" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="19">
         <v>4638.522329999998</v>
       </c>
       <c r="E8" s="19">
-        <v>3779.4540100000008</v>
+        <v>3468.2443600000001</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="15" x14ac:dyDescent="0.3">
       <c r="A9" s="3">
         <v>1.4</v>
       </c>
       <c r="B9" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="19">
         <v>4643.7621300000001</v>
       </c>
       <c r="E9" s="19">
-        <v>2357.8710399999977</v>
+        <v>4263.3930200000004</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="15" x14ac:dyDescent="0.3">
       <c r="A10" s="3">
         <v>1.5</v>
       </c>
       <c r="B10" s="10" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D10" s="19">
         <v>917.16333000003942</v>
       </c>
       <c r="E10" s="19">
-        <v>296.9522500000021</v>
+        <v>596.04083000001265</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="15" x14ac:dyDescent="0.3">
       <c r="A11" s="12">
         <v>2</v>
       </c>
       <c r="B11" s="13" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="14" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="19">
         <v>71785.093669998663</v>
       </c>
       <c r="E11" s="19">
-        <v>41026.526989999955</v>
+        <v>54614.603820000004</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="15" x14ac:dyDescent="0.3">
       <c r="A12" s="15">
         <v>2.1</v>
       </c>
       <c r="B12" s="16" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="17" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="19">
         <v>67391.652899998677</v>
       </c>
       <c r="E12" s="19">
-        <v>38031.662289999957</v>
+        <v>50920.485920000006</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="15" x14ac:dyDescent="0.3">
       <c r="A13" s="15">
         <v>2.2000000000000002</v>
       </c>
       <c r="B13" s="16" t="s">
         <v>23</v>
       </c>
       <c r="C13" s="18" t="s">
         <v>24</v>
       </c>
       <c r="D13" s="19">
         <v>0</v>
       </c>
       <c r="E13" s="19">
-        <v>40.344169999999998</v>
+        <v>18.839020000000001</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="15" x14ac:dyDescent="0.3">
       <c r="A14" s="15">
         <v>2.2999999999999998</v>
       </c>
       <c r="B14" s="16" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="17" t="s">
         <v>26</v>
       </c>
       <c r="D14" s="19">
         <v>1522.9846799999998</v>
       </c>
       <c r="E14" s="19">
-        <v>1185.0553699999998</v>
+        <v>1575.0374899999995</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="15" x14ac:dyDescent="0.3">
       <c r="A15" s="15">
         <v>2.4</v>
       </c>
       <c r="B15" s="16" t="s">
         <v>27</v>
       </c>
       <c r="C15" s="17" t="s">
         <v>28</v>
       </c>
       <c r="D15" s="19">
         <v>0</v>
       </c>
       <c r="E15" s="19">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="15" x14ac:dyDescent="0.3">
       <c r="A16" s="15">
         <v>2.5</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>29</v>
       </c>
       <c r="C16" s="18" t="s">
         <v>30</v>
       </c>
       <c r="D16" s="19">
         <v>1818.7386000000004</v>
       </c>
       <c r="E16" s="19">
-        <v>23.11111</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>294.59497000000005</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A17" s="15">
         <v>2.6</v>
       </c>
       <c r="B17" s="16" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="17" t="s">
         <v>32</v>
       </c>
       <c r="D17" s="19">
         <v>1051.7174900000002</v>
       </c>
       <c r="E17" s="19">
-        <v>1746.3540500000001</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>1805.64642</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A18" s="6">
         <v>3</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>33</v>
       </c>
       <c r="C18" s="8" t="s">
         <v>34</v>
       </c>
       <c r="D18" s="20">
         <v>105486.40890000173</v>
       </c>
       <c r="E18" s="20">
-        <v>87264.489859999856</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>98044.588950000078</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A19" s="6">
         <v>4</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>35</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>36</v>
       </c>
       <c r="D19" s="19">
         <v>21134.602679999894</v>
       </c>
       <c r="E19" s="19">
-        <v>13430.280260000012</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>18735.475629999903</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A20" s="3">
         <v>4.0999999999999996</v>
       </c>
       <c r="B20" s="10" t="s">
         <v>37</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D20" s="19">
         <v>22328.730269999833</v>
       </c>
       <c r="E20" s="19">
-        <v>13472.188870000013</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>18430.094839999903</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A21" s="3">
         <v>4.2</v>
       </c>
       <c r="B21" s="10" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="11" t="s">
         <v>40</v>
       </c>
       <c r="D21" s="19">
         <v>-1153.5419499999396</v>
       </c>
       <c r="E21" s="19">
-        <v>135.35082000000045</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>281.0374900000005</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A22" s="3">
         <v>4.3</v>
       </c>
       <c r="B22" s="10" t="s">
         <v>41</v>
       </c>
       <c r="C22" s="11" t="s">
         <v>42</v>
       </c>
       <c r="D22" s="19">
         <v>-136.06529</v>
       </c>
       <c r="E22" s="19">
-        <v>-236.37064000000001</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A23" s="3">
         <v>4.4000000000000004</v>
       </c>
       <c r="B23" s="10" t="s">
         <v>43</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D23" s="19">
         <v>95.479649999999992</v>
       </c>
       <c r="E23" s="19">
-        <v>59.11121</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>24.343299999999999</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A24" s="6">
         <v>5</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>45</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>46</v>
       </c>
       <c r="D24" s="19">
         <v>86501.657860001345</v>
       </c>
       <c r="E24" s="19">
-        <v>73639.070839999913</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>85588.24910000003</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A25" s="3">
         <v>5.0999999999999996</v>
       </c>
       <c r="B25" s="10" t="s">
         <v>47</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D25" s="19">
         <v>38319.137510000008</v>
       </c>
       <c r="E25" s="19">
-        <v>33131.349829999999</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>35093.84001</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A26" s="3">
         <v>5.2</v>
       </c>
       <c r="B26" s="10" t="s">
         <v>49</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D26" s="19">
         <v>5396.1532200000092</v>
       </c>
       <c r="E26" s="19">
-        <v>5326.7947199999999</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>5338.8155700000061</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A27" s="3">
         <v>5.3</v>
       </c>
       <c r="B27" s="10" t="s">
         <v>51</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D27" s="19">
         <v>2797.671860000004</v>
       </c>
       <c r="E27" s="19">
-        <v>2116.6125499999994</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>2508.8708000000029</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A28" s="3">
         <v>5.4</v>
       </c>
       <c r="B28" s="10" t="s">
         <v>53</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D28" s="19">
         <v>39988.695270001328</v>
       </c>
       <c r="E28" s="19">
-        <v>33064.313739999925</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>42646.72272000002</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A29" s="6">
         <v>6</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C29" s="8" t="s">
         <v>56</v>
       </c>
       <c r="D29" s="19">
         <v>-428.31278999973426</v>
       </c>
       <c r="E29" s="19">
-        <v>-8430.8200800000086</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>-3626.7004300000112</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A30" s="6">
         <v>7</v>
       </c>
       <c r="B30" s="7" t="s">
         <v>57</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>58</v>
       </c>
       <c r="D30" s="20">
         <v>40547.66651000001</v>
       </c>
       <c r="E30" s="20">
-        <v>35486.519359999962</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>34818.515909999958</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A31" s="6">
         <v>8</v>
       </c>
       <c r="B31" s="7" t="s">
         <v>59</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>60</v>
       </c>
       <c r="D31" s="19">
         <v>9952.905450000002</v>
       </c>
       <c r="E31" s="19">
-        <v>10027.876209999999</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:5" ht="15" x14ac:dyDescent="0.3">
+        <v>8887.5651799999996</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="15" x14ac:dyDescent="0.3">
       <c r="A32" s="6">
         <v>9</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>61</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>62</v>
       </c>
       <c r="D32" s="20">
         <v>30594.761060000008</v>
       </c>
       <c r="E32" s="20">
-        <v>25458.643149999963</v>
-      </c>
+        <v>25930.95072999996</v>
+      </c>
+      <c r="F32" s="24"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="D2:E2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>